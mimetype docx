--- v0 (2025-10-28)
+++ v1 (2026-02-04)
@@ -8,51 +8,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1DE78206" w14:textId="77777777" w:rsidR="00102B73" w:rsidRDefault="00102B73" w:rsidP="00142A48">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9341"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5573D8AD" w14:textId="77777777" w:rsidR="00102B73" w:rsidRDefault="00102B73">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="584C3D09" w14:textId="77777777" w:rsidR="00142A48" w:rsidRDefault="00142A48">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1097,51 +1097,51 @@
         </w:rPr>
         <w:t>te</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005E3295">
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005E3295">
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>kry</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005E3295">
         <w:rPr>
           <w:w w:val="110"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FFCAA22" w14:textId="77777777" w:rsidR="00102B73" w:rsidRDefault="005E3295">
+    <w:p w14:paraId="7FFCAA22" w14:textId="77777777" w:rsidR="00102B73" w:rsidRDefault="005E3295" w:rsidP="0098133D">
       <w:pPr>
         <w:ind w:left="611"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:w w:val="115"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Gift Aid Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B17E7E5" w14:textId="77777777" w:rsidR="00102B73" w:rsidRDefault="00102B73">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:sectPr w:rsidR="00102B73">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
@@ -1365,63 +1365,55 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="757B82D9" w14:textId="59503EAF" w:rsidR="00102B73" w:rsidRDefault="005E3295">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="820"/>
         </w:tabs>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Teken </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>eenmalig</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ’n ‘Gift Aid’-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>vorm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00326C2A">
         <w:rPr>
@@ -1648,65 +1640,51 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>gaan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>eis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> vir </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>jou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="13"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>bydraes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -1948,65 +1926,51 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>jou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘Gift Aid’-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>sertifikaat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. Dus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">het </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>ons</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
@@ -2344,51 +2308,79 @@
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> van </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>jou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">bankrekening doen – ons moet </w:t>
+        <w:t xml:space="preserve">bankrekening doen – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>moet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">net </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>jou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
@@ -3646,55 +3638,63 @@
       <w:r>
         <w:t xml:space="preserve"> as 25%, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>kan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>jy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> die </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>verskil</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> bo 25% self </w:t>
-[...3 lines deleted...]
-        <w:t>eis</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>bo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 25% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>self eis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> op </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>jou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>persoonlike</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>belastingopgawe</w:t>
       </w:r>
@@ -3891,347 +3891,303 @@
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t>The South African Congregation Private Limited Company Nr. 8413216 UK Charity Nr. 1151071</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00102B73">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="1320" w:bottom="280" w:left="1340" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="2" w:space="720" w:equalWidth="0">
         <w:col w:w="6765" w:space="574"/>
         <w:col w:w="6841"/>
       </w:cols>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06A75CF1" w14:textId="77777777" w:rsidR="00CA469F" w:rsidRDefault="00CA469F" w:rsidP="00142A48">
+    <w:p w14:paraId="5188E193" w14:textId="77777777" w:rsidR="00D94173" w:rsidRDefault="00D94173" w:rsidP="00142A48">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="248DE4F6" w14:textId="77777777" w:rsidR="00CA469F" w:rsidRDefault="00CA469F" w:rsidP="00142A48">
+    <w:p w14:paraId="1652FB79" w14:textId="77777777" w:rsidR="00D94173" w:rsidRDefault="00D94173" w:rsidP="00142A48">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial Narrow">
     <w:altName w:val="Arial Narrow"/>
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="231C77B8" w14:textId="77777777" w:rsidR="00481D44" w:rsidRDefault="00481D44">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7E08BC8E" w14:textId="77777777" w:rsidR="0098133D" w:rsidRDefault="0098133D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="550A6DA7" w14:textId="77777777" w:rsidR="00481D44" w:rsidRDefault="00481D44">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="35F09F3D" w14:textId="77777777" w:rsidR="0098133D" w:rsidRDefault="0098133D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="30B567F4" w14:textId="77777777" w:rsidR="00481D44" w:rsidRDefault="00481D44">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7217EE33" w14:textId="77777777" w:rsidR="0098133D" w:rsidRDefault="0098133D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7FB2D883" w14:textId="77777777" w:rsidR="00CA469F" w:rsidRDefault="00CA469F" w:rsidP="00142A48">
+    <w:p w14:paraId="2CA0844D" w14:textId="77777777" w:rsidR="00D94173" w:rsidRDefault="00D94173" w:rsidP="00142A48">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F851876" w14:textId="77777777" w:rsidR="00CA469F" w:rsidRDefault="00CA469F" w:rsidP="00142A48">
+    <w:p w14:paraId="159AE1C0" w14:textId="77777777" w:rsidR="00D94173" w:rsidRDefault="00D94173" w:rsidP="00142A48">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1B50C216" w14:textId="77777777" w:rsidR="00481D44" w:rsidRDefault="00481D44">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E1F0E11" w14:textId="77777777" w:rsidR="0098133D" w:rsidRDefault="0098133D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7AD4A87B" w14:textId="5484C1C4" w:rsidR="00142A48" w:rsidRDefault="00481D44" w:rsidP="00142A48">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7AD4A87B" w14:textId="143BAD5A" w:rsidR="00142A48" w:rsidRDefault="0098133D" w:rsidP="00142A48">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FCB1EB5" wp14:editId="346D905F">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E7C1239" wp14:editId="225DBCA7">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>5997575</wp:posOffset>
+            <wp:posOffset>6521303</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>0</wp:posOffset>
+          <wp:positionV relativeFrom="margin">
+            <wp:posOffset>-239493</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1626235" cy="504825"/>
-[...14 lines deleted...]
-          <wp:docPr id="2" name="Picture 2"/>
+          <wp:extent cx="1558925" cy="541020"/>
+          <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="849902468" name="Picture 38"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="849902468" name="Picture 849902468"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1626235" cy="504825"/>
+                    <a:ext cx="1558925" cy="541020"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelV relativeFrom="margin">
-[...1 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00B51B40">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19D58A84" wp14:editId="1FCA8D28">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CC1584B" wp14:editId="0E062C19">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>1235075</wp:posOffset>
+            <wp:posOffset>971746</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>0</wp:posOffset>
+          <wp:positionV relativeFrom="margin">
+            <wp:posOffset>-228307</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1626235" cy="504825"/>
-[...14 lines deleted...]
-          <wp:docPr id="4" name="Picture 4"/>
+          <wp:extent cx="1558925" cy="541020"/>
+          <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="2125194653" name="Picture 38"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="849902468" name="Picture 849902468"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1626235" cy="504825"/>
+                    <a:ext cx="1558925" cy="541020"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelV relativeFrom="margin">
-[...1 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4B507E74" w14:textId="77777777" w:rsidR="00142A48" w:rsidRDefault="00142A48">
+  <w:p w14:paraId="4B507E74" w14:textId="0597320E" w:rsidR="00142A48" w:rsidRDefault="00142A48">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="64468551" w14:textId="77777777" w:rsidR="00481D44" w:rsidRDefault="00481D44">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54282487" w14:textId="77777777" w:rsidR="0098133D" w:rsidRDefault="0098133D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BF0095C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7EC481D8"/>
     <w:lvl w:ilvl="0" w:tplc="98EE8362">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow" w:hint="default"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="101"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DE28582E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -4408,133 +4364,136 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="EBBC1C22">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4979" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C42C7E5A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5573" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="204566493">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1166672036">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:val="bestFit" w:percent="163"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00102B73"/>
     <w:rsid w:val="000179BB"/>
     <w:rsid w:val="00102B73"/>
     <w:rsid w:val="00142A48"/>
     <w:rsid w:val="002B1256"/>
     <w:rsid w:val="00326C2A"/>
     <w:rsid w:val="00481D44"/>
     <w:rsid w:val="00545A8F"/>
     <w:rsid w:val="005E3295"/>
+    <w:rsid w:val="0086121B"/>
     <w:rsid w:val="008872A8"/>
+    <w:rsid w:val="0098133D"/>
     <w:rsid w:val="00AD2F07"/>
     <w:rsid w:val="00B51B40"/>
     <w:rsid w:val="00CA469F"/>
+    <w:rsid w:val="00D94173"/>
     <w:rsid w:val="00DA2849"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1E86BAC5"/>
   <w15:docId w15:val="{76897A10-EB9C-4542-B980-44436C7236B1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5030,51 +4989,51 @@
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00142A48"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00142A48"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bank@sagemeente.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sagemeente.com/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -5330,74 +5289,74 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>296</Words>
-  <Characters>1692</Characters>
+  <Characters>1690</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1985</CharactersWithSpaces>
+  <CharactersWithSpaces>1983</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Frik Nortjé</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2013-08-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 10.1 for Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">